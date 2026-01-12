--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -994,51 +994,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Действия при пожаре. ч.1 Признаки начинающегося пожараДействия припожаре. ч.2 Порядок вызова пожарной охраныДействия при пожаре. ч.3если пожар произошел, вы должны знать, что делать при пожареПерваяпомощь при укусе осы, пчелы, шмеля или шершняКак вести себя вовремя грозы?Безопасность на водеВождение в гололедХодьба вгололедТонкий лёд. Правила спасения</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>