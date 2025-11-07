--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -153,52 +153,69 @@
               <w:rPr/>
               <w:t xml:space="preserve">16 октября нашцентр посетили студенты 1 и 2 курса Новокуйбышевскогонефтехимического техникума и гуманитарно-технологическогоколледжа.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Экскурсия началась с посещения аллеи памяти и рассказе о непростой, но важной и героической работе спасателей.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Затем ребята познакомились с распорядком дня и бытом военнослужащихпо призыву, посетили места их проживания и учебные классы. Студентыувидели, как живут солдаты, побывали в их спальных помещениях икомнате досуга. Они также посетили учебный корпус, где смоглиизучить и прикоснуться к образцам техники.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Особое впечатление произвел музей спасательного центра. Здесьребята узнали об истории его создания, о героях части и о важнейшихоперациях, проведенных спасателями как на территории РоссийскойФедерации, так и за ее пределами.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Студенты увидели экспонаты времён Великой Отечественной войны,военную форму тех лет, а также ознакомились с нынешней формойодежды спасателей и инструментами, которые применяются дляпроведения аварийно-спасат</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Студенты увидели экспонаты времён Великой Отечественной войны,военную форму тех лет, а также ознакомились с нынешней формойодежды спасателей и инструментами, которые применяются дляпроведения аварийно-спасательных работ.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Была продемонстрирована и техническая составляющая – автомобильнаяи инженерная техника Волжского спасательного центра, а такжепоказаны методы использования средств спасения пострадавших внепригодной для дыхания среде. Студенты также познакомились смобильными пунктами обогрева.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">По окончании экскурсии все студенты выразили восхищение и сгорящими глазами поблагодарили спасателей за интересное ипознавательное мероприятие.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>