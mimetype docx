--- v1 (2025-11-07)
+++ v2 (2026-01-07)
@@ -188,51 +188,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">По окончании экскурсии все студенты выразили восхищение и сгорящими глазами поблагодарили спасателей за интересное ипознавательное мероприятие.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>