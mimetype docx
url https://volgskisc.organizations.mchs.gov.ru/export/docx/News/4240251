--- v0 (2025-10-27)
+++ v1 (2026-01-11)
@@ -170,51 +170,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Идея экспозиции — создать ощущение, словно здесь находится самЭльдар Рязанов. Услышать его голос можно, подняв трубку телефона, аесли нажать звонок на двери, то раздадутся голоса персонажей из егознаменитых фильмов. Именно эти интерактивные элементы являютсясамыми запоминающимися для наших солдат.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>