--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">С 28 апреля по1 мая на базе поисково спасательной службы Нижнего Новгорода«ОНИКС» проходили традиционные сборы кинологических расчетов«ТехноСталкер 2023», по поиску пострадавших в заброшенных,разрушенных или частично разрушенных зданиях. От спасательногоцентра привлекался кинолог Шабанова Диана Владимировна со служебнойсобакой бельгийской овчаркой по кличке «Алирим Фантастика» (Фанта).В первый день сборов были проведены соревнования, где принималиучастие только аттестованные кинологические расчеты. По программесборов также были проведены соревнования среди кинологическихрасчетов по поиску пострадавших в техногенных завалах, а такжепроведены тренировочные мероприятия для не аттестованных расчетов.Кинологический расчет центра, показал хорошие результаты, поделилсяи получил новый опыт в дрессировке служебных собак. По итогамсборов кинологический расчет награжден дипломом и памятнымиподарками.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>