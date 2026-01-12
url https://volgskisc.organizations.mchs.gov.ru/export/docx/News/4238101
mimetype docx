--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -162,51 +162,51 @@
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Солдаты должны чувствовать, что они не одни, что их поддерживают,что в них верят, что за ними есть надежный тыл. Как бы хорошоснабжена армия ни была, мы должны показать им свою преданность,собрать гуманитарную помощь, сказать теплое слово. Это наши братья!Кто их еще поддержит!?</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>