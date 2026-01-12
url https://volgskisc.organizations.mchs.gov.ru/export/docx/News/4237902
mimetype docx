--- v0 (2025-10-28)
+++ v1 (2026-01-12)
@@ -170,51 +170,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Выступая перед новобранцами начальник ФГКУ «Волжский СЦ МЧС России»полковник Ильин Дмитрий Геннадьевич поздравил молодых солдат спринятием военной присяги, пожелал им быть честными, мужественнымии дисциплинированными при исполнении служебных обязанностей,тщательно изучать спасательное дело и достойно выполнять свойвоинский долг перед Родиной.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>