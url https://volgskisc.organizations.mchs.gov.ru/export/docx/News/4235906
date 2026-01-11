--- v0 (2025-11-02)
+++ v1 (2026-01-11)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">21 августа вБорском районе Самарской области начался пожар снесанкционированного пала сухой травы, затем огонь дошел до жилыхпостроек в селе Гвардейцы, где пострадало 14 зданий. Для ликвидациипожара в Бузулукском бору изначально 21 августа была привлеченааэромобильная группировка ФГКУ «Волжский СЦ МЧС России» вколичестве 70 человек личного состава, после чего 22 августаприбыло еще 50 человек личного состава. Специалистами Волжскогоспасательного центра было проведено окарауливание и дотушиваниеочагов пожара ранцевыми огнетушителями и шанцевым инструментом,обустройство минерализованной полосы, так же разведка очагов пожарас помощью беспилотного воздушного судна.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>