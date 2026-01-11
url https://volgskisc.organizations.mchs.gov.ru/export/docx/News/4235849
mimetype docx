--- v0 (2025-11-03)
+++ v1 (2026-01-11)
@@ -134,51 +134,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">09.08.2021 вбиблиотеке Волжского спасательного центра, была проведенатематическая беседа на тему "Гангутское сражение 1714 г.",руководитель занятия Ирина Игоревна, рассказывала солдатам, оистории сражения, действий, параллельно демонстрировала иллюстрацииописывающие действия того сражения, также ребятам  был показанне большой фильм по Гангутскому сражению. Помимо всего этого,военнослужащим в целях патриотического воспитания, показали фильмрежиссёра Игоря Копылова "Ржев".</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>