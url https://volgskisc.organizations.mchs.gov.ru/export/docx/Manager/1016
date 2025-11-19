--- v0 (2025-10-10)
+++ v1 (2025-11-19)
@@ -6,51 +6,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Вакант</w:t>
+        <w:t xml:space="preserve">Пикунов Антон Алексеевич</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Государственные учреждения МЧС России</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
         <w:bidiVisual w:val="0"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:color="fffffff"/>
           <w:left w:val="single" w:sz="6" w:color="fffffff"/>
           <w:right w:val="single" w:sz="6" w:color="fffffff"/>
           <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
@@ -73,70 +73,228 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Начальник штаба - заместитель начальника центра,подполковник</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="start"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пикунов Антон Алексеевич</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:color="fffffff"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Родился 03июля 1988 г. в г. Красноярск-26 Красноярского края.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">В 2010 г. закончил ФГОУ ВПО «Академия гражданской защитыМинистерства Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийныхбедствий»</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">06.2010 - 04.2011 гг.  командир инженерно-технического взводаинженерно-технической роты 1001 спасательного центра (г.Самара); </w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">04.2011 - 09.2014 гг.  командир инженерно-технической роты 1001спасательного центра (г. Самара);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">09.2014 - 11.2014 гг. старший помощник начальника штаба по службевойск (и безопасности военной службы) ФГКУ «Волжский СЦ МЧС России»(г. Самара);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">11.2014 - 09.2021 гг. начальник инженерной службы ФГКУ «Волжский СЦМЧС России» (г. Самара);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">09.2021 – н/время заместитель начальника ФГКУ «Волжский СЦ МЧСРоссии» по спасательным работам (г. Самара);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Имеет государственную награду — медаль ордена «За заслуги передОтечеством» II степени, а также ряд ведомственных наград.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Женат. Двое детей. </w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:br/>
+            <w:r>
               <w:rPr>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Вакант</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Участие в гуманитарных и спасательных операциях</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2012 г. - принимал участие в проведении аварийно-спасательных работв Оренбургской области;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013 г. - принимал участие в ликвидации последствий чрезвычайнойситуации на территории Приволжского государственного боеприпасногоиспытательного полигона в п. Нагорный г.о. Чапаевск Самарскойобласти;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014 г. - принимал участие в ликвидации последствий чрезвычайнойситуации в Республике Алтай;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014 г. - принимал участие в ликвидации последствий урагана натерритории республики Башкортостан;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015 г. - принимал участие в ликвидации последствий пожара вторговом центре в г. Казань;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017 г. - принимал участие в ликвидации последствий чрезвычайнойситуации в Оренбургской области;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020 г. - принимал участие в выполнении противоэпидемическихмероприятий в Республике Дагестан;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022 г - принимал участие в гуманитарном реагировании на территорииЛНР и ДНР;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024 г. - руководил группировкой спасательного центра приликвидации чрезвычайной ситуации, вызванной наводнением натерритории Курганской области;</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025 г. - руководил группировкой спасательного центра приликвидации чрезвычайной ситуации, вызванной аварией на морскихсудах в акватории Керченского пролива.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
               <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>