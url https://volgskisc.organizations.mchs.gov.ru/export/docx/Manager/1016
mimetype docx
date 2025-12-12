--- v1 (2025-11-19)
+++ v2 (2025-12-12)
@@ -165,51 +165,57 @@
               <w:rPr/>
               <w:t xml:space="preserve">06.2010 - 04.2011 гг.  командир инженерно-технического взводаинженерно-технической роты 1001 спасательного центра (г.Самара); </w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">04.2011 - 09.2014 гг.  командир инженерно-технической роты 1001спасательного центра (г. Самара);</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">09.2014 - 11.2014 гг. старший помощник начальника штаба по службевойск (и безопасности военной службы) ФГКУ «Волжский СЦ МЧС России»(г. Самара);</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">11.2014 - 09.2021 гг. начальник инженерной службы ФГКУ «Волжский СЦМЧС России» (г. Самара);</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">09.2021 – н/время заместитель начальника ФГКУ «Волжский СЦ МЧСРоссии» по спасательным работам (г. Самара);</w:t>
+              <w:t xml:space="preserve">09.2021 – 10.2025 заместитель начальника ФГКУ «Волжский СЦ МЧСРоссии» по спасательным работам (г. Самара);</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">10.2025 - н/время начальник штаба - заместитель начальника ФГКУ«Волжский СЦ МЧС России» (г. Самара).</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Имеет государственную награду — медаль ордена «За заслуги передОтечеством» II степени, а также ряд ведомственных наград.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Женат. Двое детей. </w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Участие в гуманитарных и спасательных операциях</w:t>
             </w:r>
             <w:br/>
             <w:br/>